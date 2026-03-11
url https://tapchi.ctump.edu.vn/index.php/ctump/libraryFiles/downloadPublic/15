--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,119 +1,540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="319EFC27" w14:textId="36B950DC" w:rsidR="00102E8F" w:rsidRPr="00102E8F" w:rsidRDefault="00102E8F" w:rsidP="00102E8F">
+    <w:p w14:paraId="319EFC27" w14:textId="75413759" w:rsidR="00102E8F" w:rsidRPr="00102E8F" w:rsidRDefault="00102E8F" w:rsidP="00102E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102E8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00102E8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>GIỮ NGUYÊN ĐỊNH DẠNG FONT VÀ FONT SIZE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C63C464" w14:textId="1D506E2A" w:rsidR="00B2780C" w:rsidRPr="002D724E" w:rsidRDefault="00B2780C" w:rsidP="00B2780C">
+    <w:p w14:paraId="5C63C464" w14:textId="1D506E2A" w:rsidR="00B2780C" w:rsidRPr="00134B67" w:rsidRDefault="00B2780C" w:rsidP="00B2780C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D724E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>TÊN BÀI BÁO TIẾNG VIỆT</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="270EBE2D" w14:textId="5E3EA52C" w:rsidR="00F349A0" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Họ và tên t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ác giả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Họ và tên tác giả </w:t>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Họ và tên tác giả </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504D415B" w14:textId="2FD2AF13" w:rsidR="00F349A0" w:rsidRPr="00134B67" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên cơ quan, đơn vị công tác 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65546C58" w14:textId="4CF82E73" w:rsidR="00F349A0" w:rsidRPr="00134B67" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên cơ quan, đơn vị công tác 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681AD701" w14:textId="55E2F14F" w:rsidR="00F349A0" w:rsidRPr="00134B67" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên cơ quan, đơn vị công tác 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E40FF1" w14:textId="12244EBD" w:rsidR="00F349A0" w:rsidRPr="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00F349A0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>e-mail@e-mail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>giả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>liên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hệ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F060F3B" w14:textId="77777777" w:rsidR="00F349A0" w:rsidRPr="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00B2780C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="24F00D6E" w14:textId="462A05CD" w:rsidR="00CE283A" w:rsidRPr="00DC44C4" w:rsidRDefault="00CE283A" w:rsidP="001F1C83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC44C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
@@ -357,1856 +778,5708 @@
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC44C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A4FAAF" w14:textId="6AE34335" w:rsidR="007271B1" w:rsidRDefault="007271B1" w:rsidP="007271B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007271B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>TÊN BÀI BÁO TIẾNG ANH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B962B03" w14:textId="77777777" w:rsidR="00AE3AD3" w:rsidRPr="0027135D" w:rsidRDefault="00AE3AD3" w:rsidP="007271B1">
+    <w:p w14:paraId="6BDF157A" w14:textId="353ABAE3" w:rsidR="00F349A0" w:rsidRPr="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lastname Firstname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Lastname Firstname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Lastname Firstname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6847E51A" w14:textId="77777777" w:rsidR="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>tiếng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Việt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>viết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đầy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đủ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>dấu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>theo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đúng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>trật</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>tự</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00832720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294C06F8" w14:textId="7BE7E420" w:rsidR="00F349A0" w:rsidRPr="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="120"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cơ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>đơn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>công</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tiếng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anh)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B4123C" w14:textId="78F6175D" w:rsidR="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cơ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>đơn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>công</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tiếng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anh)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9A9200" w14:textId="1A84B486" w:rsidR="00F349A0" w:rsidRPr="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cơ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>đơn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>công</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tiếng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anh)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00411A4C" w14:textId="77777777" w:rsidR="00F349A0" w:rsidRPr="00F349A0" w:rsidRDefault="00F349A0" w:rsidP="00F349A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080" w:right="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD0D31A" w14:textId="4EBB8264" w:rsidR="00053F65" w:rsidRPr="0027135D" w:rsidRDefault="00DC44C4" w:rsidP="001F1C83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Background</w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0015690D" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007271B1" w:rsidRPr="007271B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>…………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6F59" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00694702" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Objectives:</w:t>
+      </w:r>
+      <w:r w:rsidR="0038172C" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007271B1" w:rsidRPr="007271B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………………………… </w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Materials and methods</w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0038172C" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007271B1" w:rsidRPr="007271B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………………………… </w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00574225" w:rsidRPr="002D724E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007271B1" w:rsidRPr="007271B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………………………… </w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86800" w:rsidRPr="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00810586" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008E28FC" w:rsidRPr="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007271B1" w:rsidRPr="007271B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………………………… </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32689" w:rsidRPr="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665F89BE" w14:textId="7A721598" w:rsidR="00CE283A" w:rsidRDefault="00C07FD2" w:rsidP="001F1C83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE283A" w:rsidRPr="00DC44C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE283A" w:rsidRPr="00C07FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0027135D" w:rsidRPr="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="0027135D" w:rsidRPr="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B37011" w14:textId="394BAA48" w:rsidR="0027135D" w:rsidRPr="0027135D" w:rsidRDefault="0027135D" w:rsidP="001F1C83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Italic" w:hAnsi="Times New Roman Italic" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0027135D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>[Nội dung và từ khóa tóm tắt tiếng việt và tiếng anh phải tương ứng với nhau]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361266C7" w14:textId="6D72F961" w:rsidR="00CE283A" w:rsidRPr="00AC3B75" w:rsidRDefault="00CE283A" w:rsidP="00134B67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>I. ĐẶT VẤN ĐỀ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3B75" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0D3502" w14:textId="77777777" w:rsidR="00134B67" w:rsidRPr="00134B67" w:rsidRDefault="00C07FD2" w:rsidP="00134B67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00134B67" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Phần Đặt vấn đề cần trả lời rõ câu hỏi: “Tại sao nghiên cứu này cần được thực hiện?” Nội dung nên trình bày một cách logic và có hệ thống, bao gồm các ý chính sau: bối cảnh và thực trạng của vấn đề nghiên cứu; định nghĩa các khái niệm hoặc thuật ngữ chuyên môn liên quan (nếu cần); tóm tắt tình trạng hiện tại của nền tảng kiến thức thông qua các nghiên cứu đã được công bố trước đó; chỉ ra những khoảng trống kiến thức, hạn chế hoặc vấn đề còn tồn tại trong y văn; và cuối cùng, trình bày rõ mục tiêu của nghiên cứu này cũng như định hướng tổng quát về cách tiếp cận nhằm giải quyết mục tiêu đã đề ra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386A854A" w14:textId="6AF7F17C" w:rsidR="00134B67" w:rsidRPr="00B20B47" w:rsidRDefault="00134B67" w:rsidP="00134B67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Việc trình bày cần tuân thủ nguyên tắc logic “từ tổng quan đến cụ thể”, đi từ bối cảnh rộng đến vấn đề nghiên cứu cụ thể; từ thông tin chung đến nội dung trọng tâm; từ các dữ liệu, bằng chứng trong quá khứ đến thực trạng hiện tại. Phần Đặt vấn đề nên có độ dài khoảng 0,5 trang và chỉ bao gồm những thông tin thực sự liên quan trực tiếp đến vấn đề nghiên cứu. Nội dung phải có trích dẫn tài liệu tham khảo phù hợp và kết thúc bằng mục tiêu nghiên cứu được nêu rõ ràng, cụ thể.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A437EE" w14:textId="372598FA" w:rsidR="00CE283A" w:rsidRPr="00134B67" w:rsidRDefault="00CE283A" w:rsidP="00134B67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>II. ĐỐI TƯỢNG VÀ PHƯƠNG PHÁP NGHIÊN CỨU</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3B75" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFF802E" w14:textId="28D645C6" w:rsidR="00F349A0" w:rsidRPr="00134B67" w:rsidRDefault="00C07FD2" w:rsidP="00134B67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F349A0" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nội dung thể hiện là mô tả nghiên cứu một cách đầy đủ, khi đọc các nhà nghiên cứu khác có thể học và áp dụng được, bao gồm các thành phần như đã làm gì? Làm như thế nào? và phân tích số liệu như thế nào? Chi tiết cụ thể như sau:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186535E0" w14:textId="4E2FC027" w:rsidR="00C07FD2" w:rsidRPr="00AC3B75" w:rsidRDefault="00CE283A" w:rsidP="00134B67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>2.1. Đối tượng nghiên cứu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7627D60F" w14:textId="30495BD3" w:rsidR="00F349A0" w:rsidRPr="00AC3B75" w:rsidRDefault="00F349A0" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3B75" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Đối tượng nghiên cứu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thông tin về đặc điểm đối tượng nghiên cứu đóng vai trò quan trọng để người đọc đánh giá khái niệm, khái quát hóa công trình nghiên cứu. Gồm đặc điểm đối tượng nghiên cứu: tuổi, giới, dân tộc, trình độ học vấn, hôn nhân… </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714C042B" w14:textId="01921DE0" w:rsidR="00F349A0" w:rsidRPr="00AC3B75" w:rsidRDefault="00F349A0" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- Tiêu chuẩn chọn mẫu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nêu các biến số. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C48D63E" w14:textId="4E7716A7" w:rsidR="00F349A0" w:rsidRPr="00AC3B75" w:rsidRDefault="00F349A0" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- Tiêu chuẩn loại trừ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nêu các biến số.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614FBC4C" w14:textId="621DB897" w:rsidR="00F349A0" w:rsidRPr="00AC3B75" w:rsidRDefault="00F349A0" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- Địa điểm và thời gian nghiên cứu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> Địa điểm có thể ảnh hưởng đến kết quả nghiên cứu. Nêu địa điểm và thời gian thực hiện.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4911C0BD" w14:textId="58EE8A1A" w:rsidR="00CE283A" w:rsidRPr="00AC3B75" w:rsidRDefault="00CE283A" w:rsidP="00134B67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>2.2. Phương pháp nghiên cứu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA15106" w14:textId="1848C182" w:rsidR="00F349A0" w:rsidRPr="00AC3B75" w:rsidRDefault="00F349A0" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>-  Thiết kế nghiên cứu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>  Mô tả ngắn gọn về mô hình nghiên cứu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAE3110" w14:textId="397C2255" w:rsidR="00F349A0" w:rsidRPr="00134B67" w:rsidRDefault="00F349A0" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- Cỡ mẫu và chọn mẫu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> Rất quan trọng trong nghiên cứu. Không nhất thiết phải là công thức tính, mà là những giả định đằng sau cách tính. Mẫu được chọn theo cách nào: ngẫu nhiên, thuận tiện, hay toàn bộ….)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F042F2F" w14:textId="3C45EC98" w:rsidR="00AC3B75" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Nội dung nghiên cứu: </w:t>
+      </w:r>
+      <w:r w:rsidR="009D05F9" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Trình bày n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ội dung nghiên cứu bám sát mục tiêu nghiên cứu đã đặt ra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E853877" w14:textId="375549F2" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Phương pháp thu thập số liệu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nêu bộ công cụ, các biến số, việc thử nghiệm. Quy trình nghiên cứu và thu thập số liệu gồm các bước nghiên cứu, thu thập số liệu, can thiệp, thử nghiệm can thiệp…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD6D7F4" w14:textId="40054514" w:rsidR="00AC3B75" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Phương pháp xử lý số liệu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Cụ thể lưu ý các biến số (độc lập, phụ thuộc), test thống kê, phần mềm sử dụng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DFF44C" w14:textId="1B559ABF" w:rsidR="00AC3B75" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đạo đức trong nghiên cứu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu đã được Tổ chức duyệt (số chứng nhận), thực tế triển khai (đồng thuận, tự nguyện, có gây hại không? vấn đề bảo mật thông tin).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FEE440" w14:textId="342F5E40" w:rsidR="00CE283A" w:rsidRPr="00134B67" w:rsidRDefault="00CE283A" w:rsidP="00134B67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>III. KẾT QUẢ NGHIÊN CỨU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1397B9" w14:textId="336F27AA" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Cần phải phân biệt đâu là kết quả chính và kết quả phụ, chỉ nên trình bày kết quả quan trọng. Trình bày hợp lý theo qui định, bảng/biểu có tiêu đề phù hợp, đối với bảng/biểu có trên 5 - 10 dòng, nhóm số liệu theo mục tiêu/đặc điểm, dòng/cột không hiển thị. Đối với biểu/hình: tiêu đề ở dưới, chú thích rõ ràng, dễ hiểu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3685BC7F" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quy định về hình ảnh, bảng, biểu đồ như sau:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439D1866" w14:textId="34352684" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Hình ảnh: trình bày dưới định dạng khác (.jpg, .pdf, vv) được gửi dưới dạng file gốc kèm theo phần chú thích</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67875C51" w14:textId="658488BC" w:rsidR="00CE283A" w:rsidRPr="00AC3B75" w:rsidRDefault="00CE283A" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0027135D" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên tiểu mục</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415D5540" w14:textId="6F12BAA6" w:rsidR="00850321" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE283A" w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bả</w:t>
+      </w:r>
+      <w:r w:rsidR="00182F48" w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ng </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE283A" w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90ADD" w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên bảng</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7999" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2761"/>
+        <w:gridCol w:w="2619"/>
+        <w:gridCol w:w="2619"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w14:paraId="01F36624" w14:textId="77777777" w:rsidTr="009D05F9">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06379571" w14:textId="62356838" w:rsidR="00AC3B75" w:rsidRPr="00C02276" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đặc điểm </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6CD10E" w14:textId="44E77F97" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00C02276" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="729CBC5E" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cỡ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>chữ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w14:paraId="20AFCCA8" w14:textId="77777777" w:rsidTr="009D05F9">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A211DF" w14:textId="5598B708" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00C02276" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2619" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71948AF4" w14:textId="3974F37D" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00C02276" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2619" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA3959E" w14:textId="6570BF40" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11pt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4412C165" w14:textId="3111D9E5" w:rsidR="00E22D86" w:rsidRPr="00AC3B75" w:rsidRDefault="00A34AEF" w:rsidP="006E51B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850321" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nhận xét: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4057"/>
+        <w:gridCol w:w="4268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w14:paraId="48884363" w14:textId="77777777" w:rsidTr="00156494">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4057" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B80453" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="336218DC" wp14:editId="529C39C0">
+                  <wp:extent cx="1369695" cy="1369695"/>
+                  <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+                  <wp:docPr id="5" name="Picture 1" descr="C:\Users\martin\Downloads\testFigure.tif"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\martin\Downloads\testFigure.tif"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1376130" cy="1376130"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="298AAFD5" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7152E960" wp14:editId="02FBA492">
+                  <wp:extent cx="1303020" cy="1303020"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="6" name="Picture 1" descr="C:\Users\martin\Downloads\testFigure.tif"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\martin\Downloads\testFigure.tif"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1310466" cy="1310466"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w14:paraId="070B9C54" w14:textId="77777777" w:rsidTr="00156494">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4057" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8E11F8" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B542B3E" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0056ED84" w14:textId="6025B0BD" w:rsidR="00B90ADD" w:rsidRPr="00C02276" w:rsidRDefault="00B90ADD" w:rsidP="00C02276">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Hình 1. Tên hình</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B64D300" w14:textId="1D11B638" w:rsidR="00102E8F" w:rsidRPr="00AC3B75" w:rsidRDefault="00102E8F" w:rsidP="00C02276">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Nhận xét: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5704E806" w14:textId="77777777" w:rsidR="002D724E" w:rsidRPr="00AC3B75" w:rsidRDefault="002D724E" w:rsidP="009D05F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FD0D31A" w14:textId="4EBB8264" w:rsidR="00053F65" w:rsidRPr="0027135D" w:rsidRDefault="00DC44C4" w:rsidP="001F1C83">
+    <w:p w14:paraId="574517FA" w14:textId="77777777" w:rsidR="009D05F9" w:rsidRDefault="009D05F9" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EE7CFD1" wp14:editId="0BF68040">
+            <wp:extent cx="3600355" cy="2053988"/>
+            <wp:effectExtent l="0" t="0" r="635" b="3810"/>
+            <wp:docPr id="1399484041" name="Chart 1">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D98873-CE1F-8519-C37E-B7E6FBD0D071}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FF8E4D" w14:textId="5BD36135" w:rsidR="0080017C" w:rsidRPr="00AC3B75" w:rsidRDefault="0080017C" w:rsidP="00C02276">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Biểu đồ 1. Tên biểu đồ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE6120F" w14:textId="2CCE5762" w:rsidR="0080017C" w:rsidRPr="00AC3B75" w:rsidRDefault="0080017C" w:rsidP="009D05F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Nhận xét: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108A0273" w14:textId="456D57A8" w:rsidR="00AE3AD3" w:rsidRPr="00C02276" w:rsidRDefault="00C02276" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...236 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiểu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02276">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>mục</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665F89BE" w14:textId="7A721598" w:rsidR="00CE283A" w:rsidRDefault="00C07FD2" w:rsidP="001F1C83">
+    <w:p w14:paraId="222B99F2" w14:textId="3AFCD527" w:rsidR="00CE283A" w:rsidRPr="009D05F9" w:rsidRDefault="00CE283A" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D05F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>IV. BÀN LUẬN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC19FE0" w14:textId="382FED89" w:rsidR="007E2C9B" w:rsidRPr="00AC3B75" w:rsidRDefault="00010458" w:rsidP="009D05F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="007E2C9B" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2C9B" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080017C" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên tiểu mục</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1864053E" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00010458" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CE283A" w:rsidRPr="00DC44C4">
-[...48 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00AC3B75" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tóm lược bối cảnh, giả thuyết, mục tiêu, và phát hiện chính trong nghiên cứu; So sánh những kết quả này với các nghiên cứu trước; Giải thích kết quả bằng cách đề ra mô hình mới hay giả thuyết mới; giả định và dự đoán; Khái quát hóa và ý nghĩa của kết quả; Bàn luận qua những ưu-nhược điểm của nghiên cứu (có ảnh hưởng đến kết quả không?). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B37011" w14:textId="394BAA48" w:rsidR="0027135D" w:rsidRPr="0027135D" w:rsidRDefault="0027135D" w:rsidP="001F1C83">
+    <w:p w14:paraId="0A6E15A9" w14:textId="758482CB" w:rsidR="00AE3AD3" w:rsidRPr="00134B67" w:rsidRDefault="00BE0B4C" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3AD3" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Các phần của Kết quả nghiên cứu và Bàn luận tương ứng mục tiêu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0527C3B7" w14:textId="47178258" w:rsidR="009D05F9" w:rsidRPr="009D05F9" w:rsidRDefault="009D05F9" w:rsidP="009D05F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman Italic" w:hAnsi="Times New Roman Italic" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:t>[Nội dung và từ khóa tóm tắt tiếng việt và tiếng anh phải tương ứng với nhau]</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009D05F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>4.2. Tên tiểu mục</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361266C7" w14:textId="0751F377" w:rsidR="00CE283A" w:rsidRPr="00C07FD2" w:rsidRDefault="00CE283A" w:rsidP="001F1C83">
+    <w:p w14:paraId="5C3D46FB" w14:textId="77777777" w:rsidR="00B32689" w:rsidRPr="009D05F9" w:rsidRDefault="00CE283A" w:rsidP="009D05F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07FD2">
+      <w:r w:rsidRPr="009D05F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>I. ĐẶT VẤN ĐỀ</w:t>
+        <w:t>V. KẾT LUẬ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2305" w:rsidRPr="009D05F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6623422B" w14:textId="58C655A2" w:rsidR="00ED5727" w:rsidRPr="00DC44C4" w:rsidRDefault="00C07FD2" w:rsidP="00221F63">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="75F9CF53" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00AC3B75" w:rsidRDefault="00010458" w:rsidP="009D05F9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002D724E">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00AC3B75" w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Một kết luận tổng hợp rút ra từ kết quả và bản luận. Ý nghĩa quan trọng nhất của nghiên cứu tác giả là gì? Cần có khuyến nghị gì?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A437EE" w14:textId="69EDE2D0" w:rsidR="00CE283A" w:rsidRPr="00C07FD2" w:rsidRDefault="00CE283A" w:rsidP="001F1C83">
+    <w:p w14:paraId="0B135520" w14:textId="7557A485" w:rsidR="00125488" w:rsidRPr="00125488" w:rsidRDefault="00125488" w:rsidP="00125488">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07FD2">
+      <w:r w:rsidRPr="00125488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>II. ĐỐI TƯỢNG VÀ PHƯƠNG PHÁP NGHIÊN CỨU</w:t>
+        <w:t>LỜI CẢM ƠN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186535E0" w14:textId="77777777" w:rsidR="00C07FD2" w:rsidRDefault="00C07FD2" w:rsidP="00221F63">
-[...35 lines deleted...]
-        <w:t>2.1. Đối tượng nghiên cứu</w:t>
+    <w:p w14:paraId="37BCEBC3" w14:textId="06552259" w:rsidR="00AC3B75" w:rsidRPr="009D05F9" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cảm ơn các cơ quan, tổ chức hoặc cá nhân đã tài trợ và đồng nghiệp đã giúp đỡ nghiên cứu, nhưng họ không đủ tiêu chuẩn để đứng tên tác giả kèm theo cam kết không xung đột lợi ích từ kết quả nghiên cứu. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D05F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cảm ơn đối tượng nghiên cứu đã tham gia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2945CF7A" w14:textId="14F3C6AE" w:rsidR="00B90ADD" w:rsidRDefault="00C07FD2" w:rsidP="00B90ADD">
-[...154 lines deleted...]
-    <w:p w14:paraId="62FEE440" w14:textId="342F5E40" w:rsidR="00CE283A" w:rsidRPr="00C07FD2" w:rsidRDefault="00CE283A" w:rsidP="002D724E">
+    <w:p w14:paraId="5071B777" w14:textId="70F223C1" w:rsidR="00CE283A" w:rsidRPr="009D05F9" w:rsidRDefault="00CE283A" w:rsidP="00102E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07FD2">
+      <w:r w:rsidRPr="009D05F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>III. KẾT QUẢ NGHIÊN CỨU</w:t>
-[...10 lines deleted...]
-        <w:tab/>
+        <w:lastRenderedPageBreak/>
+        <w:t>TÀI LIỆU THAM KHẢO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67875C51" w14:textId="14DD6881" w:rsidR="00CE283A" w:rsidRPr="0027135D" w:rsidRDefault="00C07FD2" w:rsidP="001F1C83">
-[...4 lines deleted...]
-        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5A1B1159" w14:textId="2B866D76" w:rsidR="009D05F9" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Sử dụng tài liệu tham khảo phù hợp, cập nhật để chứng minh luận điểm trong đặt vấn đề, phương pháp và bàn luận. Lưu ý chỉ sử dụng tài liệu thực sự đọc và độ dài của danh mục tài liệu tham khảo, sắp xếp theo thứ tự xuất hiện trong bài. Tài liệu trích dẫn đánh số và trình bày theo quy định </w:t>
+      </w:r>
+      <w:r w:rsidR="009D05F9" w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>như sau:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE11609" w14:textId="647170F5" w:rsidR="00AC3B75" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Các tài liệu tham khảo được trích dẫn trong bài báo là những nghiên cứu cập nhật trong vòng 5 năm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78172052" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1) Tài liệu tham khảo được trích dẫn theo số, không theo tên tác giả và năm. Tài liệu được tập hợp và sắp xếp theo thứ tự trích dẫn trong bài báo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3FEDD0" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00134B67" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134B67">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2) Các tài liệu bằng tiếng nước ngoài phải giữ nguyên văn, không phiên âm, không dịch, không cần tách rời các thứ tiếng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7193207F" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00B20B47" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3) Tài liệu tham khảo được trích dẫn đầy đủ trong bài báo theo số (ví dụ [1], [2],...) không theo tên tác giả và năm. Trường hợp bài báo có nhiều tác giả, nếu có từ 5 tên tác giả trở xuống thì phải liệt kê tất cả tác giả, nếu có từ 6 tác giả trở lên thì chỉ liệt kê 5 tác giả đầu, các tác giả còn lại ghi “và cộng sự” và “et al” ở tiếng Anh.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3452A378" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00B20B47" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4) Họ viết trước tên, tên và tên đệm viết tắt đối với tên tác giả quốc tế. Ghi đầy đủ họ và tên đối với tên tác giả là người Việt. Tách các tên tác giả với nhau bằng dấu phẩy và dấu cách.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C85F39" w14:textId="50B1BAE3" w:rsidR="00C02276" w:rsidRDefault="00C02276" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5) Tài liệu là bài báo bắt buộc có mã DOI.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20B47" w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B31CC81" w14:textId="1D602A79" w:rsidR="00B20B47" w:rsidRPr="00B20B47" w:rsidRDefault="00B20B47" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...65 lines deleted...]
-        <w:t>ục</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chữ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Times New Roman, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cỡ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chữ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cách</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dòng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>đơn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>canh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đều</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415D5540" w14:textId="6832B780" w:rsidR="00850321" w:rsidRPr="00221F63" w:rsidRDefault="00CE283A" w:rsidP="001F1C83">
-[...4 lines deleted...]
-        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="3D10D108" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00B20B47" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>+ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Tài liệu tham khảo lấy từ sách</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> được trình bày như sau: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492FF3E7" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00B20B47" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>          Tên tác giả, tên người dịch. Tên sách. Nhà xuất bản. Năm xuất bản. Số trang. Tập hoặc tên riêng mỗi tập. DOI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FACB025" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-        <w:t>ảng</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20B47">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ví dụ: Mainfred B.S, Nguyễn Hải Bằng, dịch. Toàn cầu hóa. Nhà xuất bản tri thức. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2011.224.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E0FA30" w14:textId="7DAA7C33" w:rsidR="00102E8F" w:rsidRPr="002D724E" w:rsidRDefault="00102E8F" w:rsidP="00102E8F">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="2EEE635E" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rojko JL, and Hardy WD Jr. Feline leukemia virus and other retroviruses. Churchill Livingstone.1989. 229-332.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4412C165" w14:textId="3111D9E5" w:rsidR="00E22D86" w:rsidRPr="002D724E" w:rsidRDefault="00A34AEF" w:rsidP="00221F63">
-[...4 lines deleted...]
-        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0A66E485" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">Nhận xét: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>liệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tham</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>khảo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lấy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>từ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bài</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>báo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tạp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chí</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>như</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6085CB" w14:textId="14C532DE" w:rsidR="00B90ADD" w:rsidRPr="0080017C" w:rsidRDefault="0080017C" w:rsidP="00B90ADD">
-[...24 lines deleted...]
-        <w:t>[Hình ảnh]</w:t>
+    <w:p w14:paraId="28596DDA" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Họ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>và</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>giả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bài</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>viết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>đứng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tạp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chí</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nghiêng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>năm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xuất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bản</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, volume (issue), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bài</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>báo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, DOI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0056ED84" w14:textId="6025B0BD" w:rsidR="00B90ADD" w:rsidRDefault="00B90ADD" w:rsidP="00B90ADD">
-[...24 lines deleted...]
-        <w:t>Hình 1. Tên hình</w:t>
+    <w:p w14:paraId="09D80C21" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ví</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dụ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: Chang C.C., Yang M.H., Wen H.M., and Chern J.C. Estimation of total flavonoid content in propolis by two complementary colorimetric methods. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Journal of food and drug analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. 2002.10(3), 178-182, https://doi.org/10.38212/2224-6614.2748.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B64D300" w14:textId="1D11B638" w:rsidR="00102E8F" w:rsidRPr="002D724E" w:rsidRDefault="00102E8F" w:rsidP="00102E8F">
-[...4 lines deleted...]
-        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="40560FDA" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">Nhận xét: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>liệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tham</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>khảo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lấy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>từ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Luận </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>văn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>luận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bày </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>như</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5704E806" w14:textId="77777777" w:rsidR="002D724E" w:rsidRDefault="002D724E" w:rsidP="0080017C">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="40AAEB12" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>giả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>luận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>văn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>luận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cơ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sở</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>đào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tạo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Năm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xuất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bản</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03EAD6C7" w14:textId="77777777" w:rsidR="002D724E" w:rsidRDefault="002D724E" w:rsidP="0080017C">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7808F950" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ví</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dụ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Jones Đ.L. The role of physical activity on the need for revision total knee arthroplasty in individuals with osteoarthritis of the knee. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Đại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>học</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pittsburgh; 2001. 436.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B8831D9" w14:textId="72460997" w:rsidR="0080017C" w:rsidRPr="002D724E" w:rsidRDefault="0080017C" w:rsidP="0080017C">
-[...22 lines deleted...]
-        <w:t>[Biểu đồ]</w:t>
+    <w:p w14:paraId="0B5161DC" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>liệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tham</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>khảo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lấy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>từ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Website </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>như</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sau:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00FF8E4D" w14:textId="58B5BB7A" w:rsidR="0080017C" w:rsidRPr="002D724E" w:rsidRDefault="0080017C" w:rsidP="0080017C">
-[...22 lines deleted...]
-        <w:t>Biểu đồ 1. Tên biểu đồ</w:t>
+    <w:p w14:paraId="4C23E8B2" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>giả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bài</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>viết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Năm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xuất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bản</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Link </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>địa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chỉ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> web.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE6120F" w14:textId="2CCE5762" w:rsidR="0080017C" w:rsidRPr="002D724E" w:rsidRDefault="0080017C" w:rsidP="0080017C">
-[...4 lines deleted...]
-        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="18A2E236" w14:textId="77777777" w:rsidR="00AC3B75" w:rsidRPr="00C425A6" w:rsidRDefault="00AC3B75" w:rsidP="00C02276">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Nhận xét: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ví</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dụ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C425A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: Royal College of General Practitioners. The primary health care team. 1998. http/www.regp.org.uk/informat/publicat/ref0021.htm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108A0273" w14:textId="77777777" w:rsidR="00AE3AD3" w:rsidRDefault="00AE3AD3" w:rsidP="001F1C83">
-[...4 lines deleted...]
-        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2A98306C" w14:textId="341AFCDB" w:rsidR="009D05F9" w:rsidRPr="00AC3B75" w:rsidRDefault="009D05F9" w:rsidP="009D05F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="222B99F2" w14:textId="3AFCD527" w:rsidR="00CE283A" w:rsidRPr="00010458" w:rsidRDefault="00CE283A" w:rsidP="001F1C83">
-[...416 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="009D05F9" w:rsidRPr="00AC3B75" w:rsidSect="00DC44C4">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="10773" w:h="15026" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1134" w:left="1021" w:header="737" w:footer="737" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C944A42" w14:textId="77777777" w:rsidR="00AA0244" w:rsidRDefault="00AA0244" w:rsidP="001B09DE">
+    <w:p w14:paraId="56C18C92" w14:textId="77777777" w:rsidR="00D672A5" w:rsidRDefault="00D672A5" w:rsidP="001B09DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13CF03A0" w14:textId="77777777" w:rsidR="00AA0244" w:rsidRDefault="00AA0244" w:rsidP="001B09DE">
+    <w:p w14:paraId="149888F7" w14:textId="77777777" w:rsidR="00D672A5" w:rsidRDefault="00D672A5" w:rsidP="001B09DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArnoPro-Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020503050405090304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7ED5E6A4" w14:textId="3A770FA6" w:rsidR="0013112F" w:rsidRDefault="0013112F" w:rsidP="0080017C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25A1CFC5" w14:textId="77777777" w:rsidR="00AA0244" w:rsidRDefault="00AA0244" w:rsidP="001B09DE">
+    <w:p w14:paraId="66F1059D" w14:textId="77777777" w:rsidR="00D672A5" w:rsidRDefault="00D672A5" w:rsidP="001B09DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32633788" w14:textId="77777777" w:rsidR="00AA0244" w:rsidRDefault="00AA0244" w:rsidP="001B09DE">
+    <w:p w14:paraId="616CF82D" w14:textId="77777777" w:rsidR="00D672A5" w:rsidRDefault="00D672A5" w:rsidP="001B09DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000088"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FDE8AF6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3036,50 +7309,260 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="042A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="042A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="739A3E22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB7C31B2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78AF2DE8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="69D47FE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2800D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D601EBC"/>
     <w:lvl w:ilvl="0" w:tplc="634851E6">
       <w:start w:val="22"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3152,87 +7635,93 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1108741385">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1606305456">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1300645685">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1345404538">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1202018113">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1459182163">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="876310079">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="74015802">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="648443107">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1119757924">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="984970951">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="12" w16cid:durableId="1845510453">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1679426925">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;0&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;Numbered&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Calibri&lt;/FontName&gt;&lt;FontSize&gt;11&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
     <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;item db-id=&quot;dv99z9wv4t9p9sedttjpfdv5xsvwt5aswp0p&quot;&gt;My EndNote Library&lt;record-ids&gt;&lt;item&gt;2&lt;/item&gt;&lt;/record-ids&gt;&lt;/item&gt;&lt;/Libraries&gt;"/>
@@ -3257,52 +7746,54 @@
     <w:rsid w:val="00084387"/>
     <w:rsid w:val="00087CF3"/>
     <w:rsid w:val="00095039"/>
     <w:rsid w:val="0009719F"/>
     <w:rsid w:val="000A0D53"/>
     <w:rsid w:val="000A4B99"/>
     <w:rsid w:val="000B094B"/>
     <w:rsid w:val="000C08D5"/>
     <w:rsid w:val="000C0D92"/>
     <w:rsid w:val="000C1A4E"/>
     <w:rsid w:val="000C1CAE"/>
     <w:rsid w:val="000C4918"/>
     <w:rsid w:val="000C6AD3"/>
     <w:rsid w:val="000D02E9"/>
     <w:rsid w:val="000D07C7"/>
     <w:rsid w:val="000D1571"/>
     <w:rsid w:val="000D2D94"/>
     <w:rsid w:val="000E0B61"/>
     <w:rsid w:val="000E5844"/>
     <w:rsid w:val="000F49E5"/>
     <w:rsid w:val="00102E8F"/>
     <w:rsid w:val="00103D04"/>
     <w:rsid w:val="00116255"/>
     <w:rsid w:val="001164DE"/>
     <w:rsid w:val="001231B0"/>
+    <w:rsid w:val="00125488"/>
     <w:rsid w:val="0013112F"/>
     <w:rsid w:val="00132782"/>
+    <w:rsid w:val="00134B67"/>
     <w:rsid w:val="00140CE6"/>
     <w:rsid w:val="001425C8"/>
     <w:rsid w:val="00142A68"/>
     <w:rsid w:val="00150B4A"/>
     <w:rsid w:val="00151821"/>
     <w:rsid w:val="00156746"/>
     <w:rsid w:val="0015690D"/>
     <w:rsid w:val="00165CDF"/>
     <w:rsid w:val="00166405"/>
     <w:rsid w:val="00166E6E"/>
     <w:rsid w:val="001677BB"/>
     <w:rsid w:val="00171DB2"/>
     <w:rsid w:val="00172C99"/>
     <w:rsid w:val="00176524"/>
     <w:rsid w:val="001801E6"/>
     <w:rsid w:val="0018273A"/>
     <w:rsid w:val="00182F48"/>
     <w:rsid w:val="00184683"/>
     <w:rsid w:val="00184C6E"/>
     <w:rsid w:val="00185B9E"/>
     <w:rsid w:val="00186464"/>
     <w:rsid w:val="00186F95"/>
     <w:rsid w:val="0019557D"/>
     <w:rsid w:val="001959A2"/>
     <w:rsid w:val="001A225F"/>
@@ -3374,133 +7865,137 @@
     <w:rsid w:val="00310403"/>
     <w:rsid w:val="0031501B"/>
     <w:rsid w:val="00317210"/>
     <w:rsid w:val="003173B0"/>
     <w:rsid w:val="00320509"/>
     <w:rsid w:val="003326C8"/>
     <w:rsid w:val="003555D2"/>
     <w:rsid w:val="003602A5"/>
     <w:rsid w:val="003639F5"/>
     <w:rsid w:val="003643D3"/>
     <w:rsid w:val="003742C0"/>
     <w:rsid w:val="0038172C"/>
     <w:rsid w:val="00385006"/>
     <w:rsid w:val="00385A25"/>
     <w:rsid w:val="0038732B"/>
     <w:rsid w:val="00390297"/>
     <w:rsid w:val="00390E2F"/>
     <w:rsid w:val="00397C1E"/>
     <w:rsid w:val="003B3A47"/>
     <w:rsid w:val="003C21B6"/>
     <w:rsid w:val="003C4200"/>
     <w:rsid w:val="003D54EB"/>
     <w:rsid w:val="003E6383"/>
     <w:rsid w:val="003F55FF"/>
     <w:rsid w:val="0040141E"/>
+    <w:rsid w:val="0040219C"/>
     <w:rsid w:val="00405113"/>
     <w:rsid w:val="004262EA"/>
     <w:rsid w:val="0042776E"/>
     <w:rsid w:val="00440761"/>
     <w:rsid w:val="0044477A"/>
     <w:rsid w:val="00444BAB"/>
     <w:rsid w:val="004556D1"/>
     <w:rsid w:val="0046122A"/>
     <w:rsid w:val="004718B1"/>
     <w:rsid w:val="00472CBD"/>
     <w:rsid w:val="00485F0A"/>
     <w:rsid w:val="004902C8"/>
     <w:rsid w:val="004927F3"/>
     <w:rsid w:val="00496E8E"/>
     <w:rsid w:val="004A421B"/>
     <w:rsid w:val="004A49D0"/>
     <w:rsid w:val="004A64B7"/>
     <w:rsid w:val="004B0C43"/>
     <w:rsid w:val="004B46A7"/>
     <w:rsid w:val="004C13B8"/>
     <w:rsid w:val="004C4886"/>
     <w:rsid w:val="004E027A"/>
     <w:rsid w:val="004F10C6"/>
     <w:rsid w:val="004F2A99"/>
     <w:rsid w:val="004F2EEE"/>
     <w:rsid w:val="0050088B"/>
     <w:rsid w:val="00512EEF"/>
     <w:rsid w:val="00515303"/>
     <w:rsid w:val="0052318C"/>
     <w:rsid w:val="0053326B"/>
     <w:rsid w:val="00535BBF"/>
     <w:rsid w:val="00537C0A"/>
     <w:rsid w:val="005412DE"/>
     <w:rsid w:val="005426DA"/>
     <w:rsid w:val="005546B8"/>
     <w:rsid w:val="005704DC"/>
+    <w:rsid w:val="00572C79"/>
     <w:rsid w:val="00574225"/>
     <w:rsid w:val="00577680"/>
     <w:rsid w:val="00577C73"/>
     <w:rsid w:val="00584C87"/>
     <w:rsid w:val="005850AD"/>
     <w:rsid w:val="00586ADC"/>
     <w:rsid w:val="00590BE0"/>
     <w:rsid w:val="005A2626"/>
     <w:rsid w:val="005B0305"/>
     <w:rsid w:val="005B3282"/>
     <w:rsid w:val="005B37F0"/>
     <w:rsid w:val="005B546A"/>
     <w:rsid w:val="005C12F4"/>
     <w:rsid w:val="005C7624"/>
     <w:rsid w:val="005D0956"/>
+    <w:rsid w:val="005E3E9A"/>
     <w:rsid w:val="005F274C"/>
     <w:rsid w:val="00604A30"/>
     <w:rsid w:val="00605A3C"/>
     <w:rsid w:val="006103AA"/>
     <w:rsid w:val="00624DE7"/>
     <w:rsid w:val="006330D8"/>
     <w:rsid w:val="00635E0D"/>
     <w:rsid w:val="00645BC8"/>
     <w:rsid w:val="00645FC9"/>
     <w:rsid w:val="006530DA"/>
     <w:rsid w:val="00663F12"/>
     <w:rsid w:val="00667CEC"/>
     <w:rsid w:val="00673B67"/>
     <w:rsid w:val="0067778B"/>
     <w:rsid w:val="00683932"/>
     <w:rsid w:val="00685EA3"/>
     <w:rsid w:val="00691EC0"/>
     <w:rsid w:val="00694702"/>
     <w:rsid w:val="00695C56"/>
     <w:rsid w:val="00697BB9"/>
     <w:rsid w:val="006A072B"/>
     <w:rsid w:val="006B5D57"/>
     <w:rsid w:val="006C19A2"/>
     <w:rsid w:val="006C23A5"/>
     <w:rsid w:val="006C39D8"/>
     <w:rsid w:val="006C484E"/>
     <w:rsid w:val="006C49A4"/>
     <w:rsid w:val="006C5973"/>
     <w:rsid w:val="006D0697"/>
     <w:rsid w:val="006D5B7C"/>
     <w:rsid w:val="006E0C83"/>
     <w:rsid w:val="006E1380"/>
+    <w:rsid w:val="006E51B3"/>
     <w:rsid w:val="006E527E"/>
     <w:rsid w:val="006E72E7"/>
     <w:rsid w:val="006F2F59"/>
     <w:rsid w:val="006F5026"/>
     <w:rsid w:val="006F5E18"/>
     <w:rsid w:val="007057F7"/>
     <w:rsid w:val="00707A8E"/>
     <w:rsid w:val="00711DD2"/>
     <w:rsid w:val="00712CDA"/>
     <w:rsid w:val="00714B19"/>
     <w:rsid w:val="007271B1"/>
     <w:rsid w:val="00727F03"/>
     <w:rsid w:val="00737681"/>
     <w:rsid w:val="007442D6"/>
     <w:rsid w:val="007544F0"/>
     <w:rsid w:val="00756395"/>
     <w:rsid w:val="00764597"/>
     <w:rsid w:val="00774872"/>
     <w:rsid w:val="00777C76"/>
     <w:rsid w:val="00777E1F"/>
     <w:rsid w:val="00782D8A"/>
     <w:rsid w:val="00784715"/>
     <w:rsid w:val="00786DF9"/>
     <w:rsid w:val="0078704C"/>
     <w:rsid w:val="007907E4"/>
@@ -3554,158 +8049,164 @@
     <w:rsid w:val="008E28FC"/>
     <w:rsid w:val="008F03BC"/>
     <w:rsid w:val="008F302F"/>
     <w:rsid w:val="009019E7"/>
     <w:rsid w:val="0090774C"/>
     <w:rsid w:val="00911F28"/>
     <w:rsid w:val="00913507"/>
     <w:rsid w:val="00913837"/>
     <w:rsid w:val="00916F3B"/>
     <w:rsid w:val="009260EF"/>
     <w:rsid w:val="00933678"/>
     <w:rsid w:val="009407D9"/>
     <w:rsid w:val="00956058"/>
     <w:rsid w:val="009577B7"/>
     <w:rsid w:val="00962E40"/>
     <w:rsid w:val="00966EC8"/>
     <w:rsid w:val="00972653"/>
     <w:rsid w:val="00974FF0"/>
     <w:rsid w:val="009750B6"/>
     <w:rsid w:val="009A25E4"/>
     <w:rsid w:val="009B76FE"/>
     <w:rsid w:val="009C0265"/>
     <w:rsid w:val="009C0796"/>
     <w:rsid w:val="009C30E3"/>
     <w:rsid w:val="009C329A"/>
+    <w:rsid w:val="009D05F9"/>
     <w:rsid w:val="009D400C"/>
     <w:rsid w:val="009D7CB5"/>
     <w:rsid w:val="009E55F7"/>
     <w:rsid w:val="009E5D60"/>
     <w:rsid w:val="009E7C97"/>
     <w:rsid w:val="009F2C97"/>
     <w:rsid w:val="00A02ECF"/>
     <w:rsid w:val="00A12812"/>
     <w:rsid w:val="00A141CC"/>
     <w:rsid w:val="00A23DFC"/>
     <w:rsid w:val="00A24F96"/>
     <w:rsid w:val="00A33C08"/>
     <w:rsid w:val="00A34AEF"/>
     <w:rsid w:val="00A448F1"/>
     <w:rsid w:val="00A54926"/>
     <w:rsid w:val="00A57F15"/>
     <w:rsid w:val="00A6314E"/>
     <w:rsid w:val="00A64613"/>
     <w:rsid w:val="00A700ED"/>
     <w:rsid w:val="00A83377"/>
     <w:rsid w:val="00A85B90"/>
     <w:rsid w:val="00A86800"/>
     <w:rsid w:val="00A93AA4"/>
     <w:rsid w:val="00A94697"/>
     <w:rsid w:val="00A94B6E"/>
     <w:rsid w:val="00A97C78"/>
     <w:rsid w:val="00AA0244"/>
     <w:rsid w:val="00AA0F3A"/>
     <w:rsid w:val="00AA5050"/>
     <w:rsid w:val="00AB150B"/>
     <w:rsid w:val="00AB4D48"/>
     <w:rsid w:val="00AC19A9"/>
     <w:rsid w:val="00AC2130"/>
     <w:rsid w:val="00AC2ACC"/>
+    <w:rsid w:val="00AC3B75"/>
     <w:rsid w:val="00AC58CC"/>
     <w:rsid w:val="00AC6F59"/>
     <w:rsid w:val="00AD48DE"/>
     <w:rsid w:val="00AD4D61"/>
     <w:rsid w:val="00AE0C7E"/>
     <w:rsid w:val="00AE3AD3"/>
     <w:rsid w:val="00AE7A99"/>
     <w:rsid w:val="00B04A4A"/>
     <w:rsid w:val="00B073F3"/>
     <w:rsid w:val="00B105A4"/>
     <w:rsid w:val="00B1235D"/>
+    <w:rsid w:val="00B20B47"/>
     <w:rsid w:val="00B24309"/>
     <w:rsid w:val="00B24B85"/>
     <w:rsid w:val="00B2780C"/>
     <w:rsid w:val="00B30909"/>
     <w:rsid w:val="00B32689"/>
     <w:rsid w:val="00B33026"/>
     <w:rsid w:val="00B45C67"/>
     <w:rsid w:val="00B4739B"/>
     <w:rsid w:val="00B61C01"/>
     <w:rsid w:val="00B63DDD"/>
     <w:rsid w:val="00B81E0A"/>
     <w:rsid w:val="00B90ADD"/>
     <w:rsid w:val="00BA22A0"/>
     <w:rsid w:val="00BA3F30"/>
     <w:rsid w:val="00BA4440"/>
     <w:rsid w:val="00BA7676"/>
     <w:rsid w:val="00BB29E4"/>
     <w:rsid w:val="00BB29FD"/>
     <w:rsid w:val="00BB6408"/>
     <w:rsid w:val="00BB7B38"/>
     <w:rsid w:val="00BC2141"/>
     <w:rsid w:val="00BC31DF"/>
     <w:rsid w:val="00BD59C3"/>
     <w:rsid w:val="00BE0B4C"/>
     <w:rsid w:val="00BE2E8C"/>
     <w:rsid w:val="00BF1624"/>
+    <w:rsid w:val="00C02276"/>
     <w:rsid w:val="00C06E6A"/>
     <w:rsid w:val="00C07FD2"/>
     <w:rsid w:val="00C120B4"/>
     <w:rsid w:val="00C1284F"/>
     <w:rsid w:val="00C1517B"/>
     <w:rsid w:val="00C22E6F"/>
     <w:rsid w:val="00C33E52"/>
     <w:rsid w:val="00C605D4"/>
     <w:rsid w:val="00C64C75"/>
     <w:rsid w:val="00C71A15"/>
     <w:rsid w:val="00C71B46"/>
     <w:rsid w:val="00C7588C"/>
     <w:rsid w:val="00CA5EA1"/>
     <w:rsid w:val="00CA64E9"/>
     <w:rsid w:val="00CA6525"/>
     <w:rsid w:val="00CB622E"/>
     <w:rsid w:val="00CC25C4"/>
     <w:rsid w:val="00CC5EAB"/>
     <w:rsid w:val="00CD2AAD"/>
     <w:rsid w:val="00CD73D5"/>
     <w:rsid w:val="00CE2305"/>
     <w:rsid w:val="00CE283A"/>
     <w:rsid w:val="00CE3239"/>
     <w:rsid w:val="00CE551D"/>
     <w:rsid w:val="00CE65B8"/>
     <w:rsid w:val="00CF6EB7"/>
     <w:rsid w:val="00D009DF"/>
     <w:rsid w:val="00D04697"/>
     <w:rsid w:val="00D126CA"/>
     <w:rsid w:val="00D14195"/>
     <w:rsid w:val="00D15576"/>
     <w:rsid w:val="00D3734C"/>
     <w:rsid w:val="00D4022D"/>
+    <w:rsid w:val="00D46746"/>
     <w:rsid w:val="00D52E3A"/>
     <w:rsid w:val="00D56328"/>
     <w:rsid w:val="00D57A61"/>
     <w:rsid w:val="00D616F4"/>
+    <w:rsid w:val="00D672A5"/>
     <w:rsid w:val="00D72665"/>
     <w:rsid w:val="00D72EB6"/>
     <w:rsid w:val="00D82B8D"/>
     <w:rsid w:val="00DA2C0B"/>
     <w:rsid w:val="00DA392E"/>
     <w:rsid w:val="00DA40AF"/>
     <w:rsid w:val="00DA4B75"/>
     <w:rsid w:val="00DB2EAA"/>
     <w:rsid w:val="00DC44C4"/>
     <w:rsid w:val="00DC4D32"/>
     <w:rsid w:val="00DD378A"/>
     <w:rsid w:val="00DD4BDD"/>
     <w:rsid w:val="00DD4CF5"/>
     <w:rsid w:val="00DD79C4"/>
     <w:rsid w:val="00DE46CD"/>
     <w:rsid w:val="00DE55D0"/>
     <w:rsid w:val="00DE6598"/>
     <w:rsid w:val="00E00ED0"/>
     <w:rsid w:val="00E02571"/>
     <w:rsid w:val="00E0375E"/>
     <w:rsid w:val="00E106B5"/>
     <w:rsid w:val="00E10EA6"/>
     <w:rsid w:val="00E11DFA"/>
     <w:rsid w:val="00E15022"/>
     <w:rsid w:val="00E170DC"/>
@@ -3727,106 +8228,107 @@
     <w:rsid w:val="00E97DD2"/>
     <w:rsid w:val="00EA24AD"/>
     <w:rsid w:val="00EA3885"/>
     <w:rsid w:val="00EA7623"/>
     <w:rsid w:val="00EC47AB"/>
     <w:rsid w:val="00ED5727"/>
     <w:rsid w:val="00EE703D"/>
     <w:rsid w:val="00EE7A44"/>
     <w:rsid w:val="00EF0259"/>
     <w:rsid w:val="00EF3FC0"/>
     <w:rsid w:val="00EF6E2C"/>
     <w:rsid w:val="00F030FE"/>
     <w:rsid w:val="00F03722"/>
     <w:rsid w:val="00F06553"/>
     <w:rsid w:val="00F07EA8"/>
     <w:rsid w:val="00F11550"/>
     <w:rsid w:val="00F11872"/>
     <w:rsid w:val="00F1433E"/>
     <w:rsid w:val="00F171E8"/>
     <w:rsid w:val="00F20983"/>
     <w:rsid w:val="00F24BB6"/>
     <w:rsid w:val="00F25ADF"/>
     <w:rsid w:val="00F2767D"/>
     <w:rsid w:val="00F31ED1"/>
     <w:rsid w:val="00F32134"/>
+    <w:rsid w:val="00F349A0"/>
     <w:rsid w:val="00F43D80"/>
     <w:rsid w:val="00F448E5"/>
     <w:rsid w:val="00F52829"/>
     <w:rsid w:val="00F57CDF"/>
     <w:rsid w:val="00F63183"/>
     <w:rsid w:val="00F65762"/>
     <w:rsid w:val="00F70661"/>
     <w:rsid w:val="00F710EE"/>
     <w:rsid w:val="00F71983"/>
     <w:rsid w:val="00F7688C"/>
     <w:rsid w:val="00F81E13"/>
     <w:rsid w:val="00F84230"/>
     <w:rsid w:val="00F8739C"/>
     <w:rsid w:val="00F91CA4"/>
     <w:rsid w:val="00F94C42"/>
     <w:rsid w:val="00FA1AB1"/>
     <w:rsid w:val="00FA2E1C"/>
     <w:rsid w:val="00FB3649"/>
     <w:rsid w:val="00FB678E"/>
     <w:rsid w:val="00FC2EBD"/>
     <w:rsid w:val="00FC7202"/>
     <w:rsid w:val="00FD4EAD"/>
     <w:rsid w:val="00FE5673"/>
     <w:rsid w:val="00FF6C13"/>
     <w:rsid w:val="00FF7805"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="72249DDF"/>
   <w15:docId w15:val="{DEC009C3-CB58-4488-A55D-CB717AA632AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4649,91 +9151,1041 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0080017C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00087CF3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F349A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="vi-VN" w:eastAsia="vi-VN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F349A0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2136096589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2140954013">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Book1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Đối tượng 1</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$4</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>Điều kiện 1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Điều kiện 2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Điều kiện 3</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$B$4</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-04C5-4F3A-B709-2546999D0777}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Đối tượng 2</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$4</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>Điều kiện 1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Điều kiện 2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Điều kiện 3</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$C$2:$C$4</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-04C5-4F3A-B709-2546999D0777}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1327494800"/>
+        <c:axId val="1327492400"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1327494800"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1327492400"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1327492400"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1327494800"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="en-US"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4973,70 +10425,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65DADCEE-BF02-4030-86E8-B133D02C09D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1418</Characters>
+  <Pages>4</Pages>
+  <Words>1194</Words>
+  <Characters>6807</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1663</CharactersWithSpaces>
+  <CharactersWithSpaces>7986</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>